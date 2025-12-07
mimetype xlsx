--- v0 (2025-10-01)
+++ v1 (2025-12-07)
@@ -403,51 +403,51 @@
       <c r="B11" s="9" t="inlineStr">
         <is>
           <t>Lucy Hurkmans</t>
         </is>
       </c>
       <c r="C11" s="9" t="inlineStr">
         <is>
           <t>Springschans</t>
         </is>
       </c>
       <c r="D11" s="8" t="inlineStr">
         <is>
           <t>7:16</t>
         </is>
       </c>
       <c r="E11" s="8"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="12">
       <c r="A12" s="6" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
-          <t>Aimï¿½e Quiroz Smit</t>
+          <t>Aimée Quiroz Smit</t>
         </is>
       </c>
       <c r="C12" s="7" t="inlineStr">
         <is>
           <t>Benedictusschool</t>
         </is>
       </c>
       <c r="D12" s="6" t="inlineStr">
         <is>
           <t>7:21</t>
         </is>
       </c>
       <c r="E12" s="6"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="13">
       <c r="A13" s="8" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="B13" s="9" t="inlineStr">
         <is>
           <t>Tessa Gadiot</t>
         </is>
       </c>
@@ -495,51 +495,51 @@
       <c r="B15" s="9" t="inlineStr">
         <is>
           <t>Anna Komen</t>
         </is>
       </c>
       <c r="C15" s="9" t="inlineStr">
         <is>
           <t>Willibrord</t>
         </is>
       </c>
       <c r="D15" s="8" t="inlineStr">
         <is>
           <t>7:29</t>
         </is>
       </c>
       <c r="E15" s="8"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="16">
       <c r="A16" s="6" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
-          <t>Siï¿½nna Baart</t>
+          <t>Siënna Baart</t>
         </is>
       </c>
       <c r="C16" s="7" t="inlineStr">
         <is>
           <t>Willibrord</t>
         </is>
       </c>
       <c r="D16" s="6" t="inlineStr">
         <is>
           <t>7:30</t>
         </is>
       </c>
       <c r="E16" s="6"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="17">
       <c r="A17" s="8" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B17" s="9" t="inlineStr">
         <is>
           <t>Eline Kaandorp</t>
         </is>
       </c>
@@ -1756,51 +1756,51 @@
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>Fleur Bakker</t>
         </is>
       </c>
       <c r="C70" s="7" t="inlineStr">
         <is>
           <t>Radboudschool</t>
         </is>
       </c>
       <c r="D70" s="6" t="inlineStr">
         <is>
           <t>9:23</t>
         </is>
       </c>
       <c r="E70" s="6"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="71">
       <c r="A71" s="8" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="B71" s="9" t="inlineStr">
         <is>
-          <t>Aimï¿½e van Hal</t>
+          <t>Aimée van Hal</t>
         </is>
       </c>
       <c r="C71" s="9" t="inlineStr">
         <is>
           <t>De Duif</t>
         </is>
       </c>
       <c r="D71" s="8" t="inlineStr">
         <is>
           <t>9:25</t>
         </is>
       </c>
       <c r="E71" s="8"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="72">
       <c r="A72" s="6" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>Julia vd Kooij</t>
         </is>
       </c>
@@ -2952,51 +2952,51 @@
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>Amy Pinedo</t>
         </is>
       </c>
       <c r="C122" s="7" t="inlineStr">
         <is>
           <t>Paulusschool</t>
         </is>
       </c>
       <c r="D122" s="6" t="inlineStr">
         <is>
           <t>14:24</t>
         </is>
       </c>
       <c r="E122" s="6"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="123">
       <c r="A123" s="8" t="inlineStr">
         <is>
           <t>118</t>
         </is>
       </c>
       <c r="B123" s="9" t="inlineStr">
         <is>
-          <t>Noï¿½lle</t>
+          <t>Noëlle</t>
         </is>
       </c>
       <c r="C123" s="9" t="inlineStr">
         <is>
           <t>Paulusschool</t>
         </is>
       </c>
       <c r="D123" s="8" t="inlineStr">
         <is>
           <t>14:24</t>
         </is>
       </c>
       <c r="E123" s="8"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="124">
       <c r="A124" s="6" t="inlineStr">
         <is>
           <t>119</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>Nikki Meijles</t>
         </is>
       </c>
@@ -5234,51 +5234,51 @@
       <c r="B224" s="5" t="inlineStr">
         <is>
           <t>Naam</t>
         </is>
       </c>
       <c r="C224" s="5" t="inlineStr">
         <is>
           <t>Woonplaats/Vereniging</t>
         </is>
       </c>
       <c r="D224" s="5" t="inlineStr">
         <is>
           <t>Tijd</t>
         </is>
       </c>
       <c r="E224" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="225">
       <c r="A225" s="6" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
-          <t>Zoï¿½ Hoebe</t>
+          <t>Zoë Hoebe</t>
         </is>
       </c>
       <c r="C225" s="7" t="inlineStr">
         <is>
           <t>Willibrord</t>
         </is>
       </c>
       <c r="D225" s="6" t="inlineStr">
         <is>
           <t>8:25</t>
         </is>
       </c>
       <c r="E225" s="6"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="226">
       <c r="A226" s="8" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="B226" s="9" t="inlineStr">
         <is>
           <t>Berber Wijnia</t>
         </is>
       </c>
@@ -7858,51 +7858,51 @@
       <c r="B340" s="7" t="inlineStr">
         <is>
           <t>Thijs Olyrhook Molenaar</t>
         </is>
       </c>
       <c r="C340" s="7" t="inlineStr">
         <is>
           <t>Willibrord</t>
         </is>
       </c>
       <c r="D340" s="6" t="inlineStr">
         <is>
           <t>8:46</t>
         </is>
       </c>
       <c r="E340" s="6"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="341">
       <c r="A341" s="8" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="B341" s="9" t="inlineStr">
         <is>
-          <t>Daniï¿½l Rinia</t>
+          <t>Daniël Rinia</t>
         </is>
       </c>
       <c r="C341" s="9" t="inlineStr">
         <is>
           <t>Benedictusschool</t>
         </is>
       </c>
       <c r="D341" s="8" t="inlineStr">
         <is>
           <t>8:51</t>
         </is>
       </c>
       <c r="E341" s="8"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="342">
       <c r="A342" s="6" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="B342" s="7" t="inlineStr">
         <is>
           <t>Thijs Leguijt</t>
         </is>
       </c>
@@ -8479,51 +8479,51 @@
       <c r="B367" s="9" t="inlineStr">
         <is>
           <t>Wobbe Kruize</t>
         </is>
       </c>
       <c r="C367" s="9" t="inlineStr">
         <is>
           <t>Springschans</t>
         </is>
       </c>
       <c r="D367" s="8" t="inlineStr">
         <is>
           <t>9:54</t>
         </is>
       </c>
       <c r="E367" s="8"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="368">
       <c r="A368" s="6" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="B368" s="7" t="inlineStr">
         <is>
-          <t>Bjï¿½rn Tromp</t>
+          <t>Björn Tromp</t>
         </is>
       </c>
       <c r="C368" s="7" t="inlineStr">
         <is>
           <t>OBS Meander</t>
         </is>
       </c>
       <c r="D368" s="6" t="inlineStr">
         <is>
           <t>9:56</t>
         </is>
       </c>
       <c r="E368" s="6"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="369">
       <c r="A369" s="8" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="B369" s="9" t="inlineStr">
         <is>
           <t>Teun Vroom</t>
         </is>
       </c>
@@ -10977,51 +10977,51 @@
       <c r="B477" s="7" t="inlineStr">
         <is>
           <t>Coco Bruin</t>
         </is>
       </c>
       <c r="C477" s="7" t="inlineStr">
         <is>
           <t>Elckerlyc</t>
         </is>
       </c>
       <c r="D477" s="6" t="inlineStr">
         <is>
           <t>23:54</t>
         </is>
       </c>
       <c r="E477" s="6"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="478">
       <c r="A478" s="8" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B478" s="9" t="inlineStr">
         <is>
-          <t>Sï¿½line Brasser</t>
+          <t>Séline Brasser</t>
         </is>
       </c>
       <c r="C478" s="9" t="inlineStr">
         <is>
           <t>PCC Heiloo</t>
         </is>
       </c>
       <c r="D478" s="8" t="inlineStr">
         <is>
           <t>23:58</t>
         </is>
       </c>
       <c r="E478" s="8"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="479">
       <c r="A479" s="6" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B479" s="7" t="inlineStr">
         <is>
           <t>Sam Kops</t>
         </is>
       </c>
@@ -12325,51 +12325,51 @@
       <c r="B537" s="9" t="inlineStr">
         <is>
           <t>Quint Kuijper</t>
         </is>
       </c>
       <c r="C537" s="9" t="inlineStr">
         <is>
           <t>Zwaag</t>
         </is>
       </c>
       <c r="D537" s="8" t="inlineStr">
         <is>
           <t>17:35</t>
         </is>
       </c>
       <c r="E537" s="8"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="538">
       <c r="A538" s="6" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B538" s="7" t="inlineStr">
         <is>
-          <t>Quiï¿½roz Kuijper</t>
+          <t>Quiéroz Kuijper</t>
         </is>
       </c>
       <c r="C538" s="7" t="inlineStr">
         <is>
           <t>Hoorn</t>
         </is>
       </c>
       <c r="D538" s="6" t="inlineStr">
         <is>
           <t>17:47</t>
         </is>
       </c>
       <c r="E538" s="6"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="539">
       <c r="A539" s="8" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B539" s="9" t="inlineStr">
         <is>
           <t>Zorro Rozing</t>
         </is>
       </c>
@@ -14455,51 +14455,51 @@
       <c r="B631" s="7" t="inlineStr">
         <is>
           <t>Marion Overmeer</t>
         </is>
       </c>
       <c r="C631" s="7" t="inlineStr">
         <is>
           <t>Heiloo</t>
         </is>
       </c>
       <c r="D631" s="6" t="inlineStr">
         <is>
           <t>47:30</t>
         </is>
       </c>
       <c r="E631" s="6"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="632">
       <c r="A632" s="8" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="B632" s="9" t="inlineStr">
         <is>
-          <t>Marit Carli-Grï¿½per</t>
+          <t>Marit Carli-Gräper</t>
         </is>
       </c>
       <c r="C632" s="9" t="inlineStr">
         <is>
           <t>RAB Bouw</t>
         </is>
       </c>
       <c r="D632" s="8" t="inlineStr">
         <is>
           <t>49:13</t>
         </is>
       </c>
       <c r="E632" s="8"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="633">
       <c r="A633" s="6" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="B633" s="7" t="inlineStr">
         <is>
           <t>Christie Danklof</t>
         </is>
       </c>
@@ -15155,51 +15155,51 @@
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="B663" s="7" t="inlineStr">
         <is>
           <t>Dany Groot</t>
         </is>
       </c>
       <c r="C663" s="7"/>
       <c r="D663" s="6" t="inlineStr">
         <is>
           <t>43:13</t>
         </is>
       </c>
       <c r="E663" s="6"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="664">
       <c r="A664" s="8" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="B664" s="9" t="inlineStr">
         <is>
-          <t>Eugï¿½ne Rozing</t>
+          <t>Eugčne Rozing</t>
         </is>
       </c>
       <c r="C664" s="9" t="inlineStr">
         <is>
           <t>Rozing Dromen &amp; Wonen</t>
         </is>
       </c>
       <c r="D664" s="8" t="inlineStr">
         <is>
           <t>43:47</t>
         </is>
       </c>
       <c r="E664" s="8"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="665">
       <c r="A665" s="6" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="B665" s="7" t="inlineStr">
         <is>
           <t>Ties Jacet</t>
         </is>
       </c>