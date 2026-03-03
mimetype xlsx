--- v0 (2025-10-07)
+++ v1 (2026-03-03)
@@ -8122,51 +8122,51 @@
       </c>
       <c r="C296" s="7" t="inlineStr">
         <is>
           <t>Huissen</t>
         </is>
       </c>
       <c r="D296" s="6" t="inlineStr">
         <is>
           <t>1:20:02</t>
         </is>
       </c>
       <c r="E296" s="6" t="inlineStr">
         <is>
           <t>1:19:24</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="297">
       <c r="A297" s="8" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="B297" s="9" t="inlineStr">
         <is>
-          <t>Asmund Vermeer</t>
+          <t>Startnummer 544</t>
         </is>
       </c>
       <c r="C297" s="9" t="inlineStr">
         <is>
           <t>Lienden</t>
         </is>
       </c>
       <c r="D297" s="8" t="inlineStr">
         <is>
           <t>1:20:39</t>
         </is>
       </c>
       <c r="E297" s="8" t="inlineStr">
         <is>
           <t>1:20:15</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="298">
       <c r="A298" s="6" t="inlineStr">
         <is>
           <t>293</t>
         </is>
       </c>
       <c r="B298" s="7" t="inlineStr">