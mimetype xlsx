--- v0 (2025-10-11)
+++ v1 (2026-02-27)
@@ -11355,51 +11355,51 @@
       </c>
       <c r="C423" s="9" t="inlineStr">
         <is>
           <t>Garderen</t>
         </is>
       </c>
       <c r="D423" s="8" t="inlineStr">
         <is>
           <t>31:00</t>
         </is>
       </c>
       <c r="E423" s="8" t="inlineStr">
         <is>
           <t>30:50</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="424">
       <c r="A424" s="6" t="inlineStr">
         <is>
           <t>91</t>
         </is>
       </c>
       <c r="B424" s="7" t="inlineStr">
         <is>
-          <t>Renske Stoop-Gillissen</t>
+          <t>Startnummer 478</t>
         </is>
       </c>
       <c r="C424" s="7" t="inlineStr">
         <is>
           <t>Amersfoort</t>
         </is>
       </c>
       <c r="D424" s="6" t="inlineStr">
         <is>
           <t>31:07</t>
         </is>
       </c>
       <c r="E424" s="6" t="inlineStr">
         <is>
           <t>30:47</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="425">
       <c r="A425" s="8" t="inlineStr">
         <is>
           <t>92</t>
         </is>
       </c>
       <c r="B425" s="9" t="inlineStr">