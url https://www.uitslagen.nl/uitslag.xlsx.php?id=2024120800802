--- v0 (2025-11-04)
+++ v1 (2026-03-03)
@@ -7980,51 +7980,51 @@
       </c>
       <c r="C298" s="9" t="inlineStr">
         <is>
           <t>Nietap</t>
         </is>
       </c>
       <c r="D298" s="8" t="inlineStr">
         <is>
           <t>45:33</t>
         </is>
       </c>
       <c r="E298" s="8" t="inlineStr">
         <is>
           <t>45:24</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="299">
       <c r="A299" s="6" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B299" s="7" t="inlineStr">
         <is>
-          <t>Jos Kruit</t>
+          <t>Startnummer 250</t>
         </is>
       </c>
       <c r="C299" s="7" t="inlineStr">
         <is>
           <t>Zuidlaren</t>
         </is>
       </c>
       <c r="D299" s="6" t="inlineStr">
         <is>
           <t>46:29</t>
         </is>
       </c>
       <c r="E299" s="6" t="inlineStr">
         <is>
           <t>46:16</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="300">
       <c r="A300" s="8" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="B300" s="9" t="inlineStr">