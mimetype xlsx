--- v0 (2025-12-07)
+++ v1 (2026-02-02)
@@ -1390,51 +1390,51 @@
       </c>
       <c r="C48" s="7" t="inlineStr">
         <is>
           <t>Barchem</t>
         </is>
       </c>
       <c r="D48" s="6" t="inlineStr">
         <is>
           <t>29:49</t>
         </is>
       </c>
       <c r="E48" s="6" t="inlineStr">
         <is>
           <t>29:36</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="49">
       <c r="A49" s="8" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="B49" s="9" t="inlineStr">
         <is>
-          <t>Niki Baks</t>
+          <t>Startnummer 176</t>
         </is>
       </c>
       <c r="C49" s="9" t="inlineStr">
         <is>
           <t>Beltrum</t>
         </is>
       </c>
       <c r="D49" s="8" t="inlineStr">
         <is>
           <t>29:51</t>
         </is>
       </c>
       <c r="E49" s="8" t="inlineStr">
         <is>
           <t>29:34</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="50">
       <c r="A50" s="6" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">