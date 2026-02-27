--- v0 (2025-10-07)
+++ v1 (2026-02-27)
@@ -7411,51 +7411,51 @@
       </c>
       <c r="C271" s="7" t="inlineStr">
         <is>
           <t>Almelo</t>
         </is>
       </c>
       <c r="D271" s="6" t="inlineStr">
         <is>
           <t>1:03:15</t>
         </is>
       </c>
       <c r="E271" s="6" t="inlineStr">
         <is>
           <t>1:02:33</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="272">
       <c r="A272" s="8" t="inlineStr">
         <is>
           <t>96</t>
         </is>
       </c>
       <c r="B272" s="9" t="inlineStr">
         <is>
-          <t>Niki Baks</t>
+          <t>Startnummer 437</t>
         </is>
       </c>
       <c r="C272" s="9" t="inlineStr">
         <is>
           <t>Beltrum</t>
         </is>
       </c>
       <c r="D272" s="8" t="inlineStr">
         <is>
           <t>1:03:49</t>
         </is>
       </c>
       <c r="E272" s="8" t="inlineStr">
         <is>
           <t>1:03:09</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="273">
       <c r="A273" s="6" t="inlineStr">
         <is>
           <t>97</t>
         </is>
       </c>
       <c r="B273" s="7" t="inlineStr">