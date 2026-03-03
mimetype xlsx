--- v0 (2025-11-29)
+++ v1 (2026-03-03)
@@ -9088,51 +9088,51 @@
       </c>
       <c r="C346" s="9" t="inlineStr">
         <is>
           <t>Apeldoorn</t>
         </is>
       </c>
       <c r="D346" s="8" t="inlineStr">
         <is>
           <t>1:43:38</t>
         </is>
       </c>
       <c r="E346" s="8" t="inlineStr">
         <is>
           <t>1:43:30</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="347">
       <c r="A347" s="6" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="B347" s="7" t="inlineStr">
         <is>
-          <t>Jos Kruit</t>
+          <t>Startnummer 63</t>
         </is>
       </c>
       <c r="C347" s="7" t="inlineStr">
         <is>
           <t>Zuidlaren</t>
         </is>
       </c>
       <c r="D347" s="6" t="inlineStr">
         <is>
           <t>1:43:39</t>
         </is>
       </c>
       <c r="E347" s="6" t="inlineStr">
         <is>
           <t>1:43:36</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="15" outlineLevel="0" r="348">
       <c r="A348" s="8" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="B348" s="9" t="inlineStr">